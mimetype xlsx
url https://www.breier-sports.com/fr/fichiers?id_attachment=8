--- v0 (2025-10-30)
+++ v1 (2026-03-05)
@@ -29,76 +29,73 @@
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\jean-\Documents\BREIER La Compagnie des Palmes\Ventes\Outils aide\Bon Commande et SAV\Pour site\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
     <workbookView xWindow="0" yWindow="0" windowWidth="20490" windowHeight="7650"/>
   </bookViews>
   <sheets>
     <sheet name="Order form" sheetId="1" r:id="rId1"/>
     <sheet name="choix" sheetId="2" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Order form'!$A$1:$S$44</definedName>
   </definedNames>
   <calcPr calcId="162913"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="63" uniqueCount="48">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="65" uniqueCount="50">
   <si>
     <t>Beuchat</t>
   </si>
   <si>
     <t>Seac</t>
   </si>
   <si>
     <t>Pathos</t>
   </si>
   <si>
     <t>Mares</t>
   </si>
   <si>
     <t>Imersion</t>
   </si>
   <si>
     <t>SPORT</t>
   </si>
   <si>
     <t>Composite</t>
   </si>
   <si>
-    <t>BREIER SAS  23, rue Dupuy de Lôme  56000 Vannes - 33 (0)2 97 44 48 48 - NII FR 71 434 606 612</t>
-[...1 lines deleted...]
-  <si>
     <t>Adresse de facturation</t>
   </si>
   <si>
     <t>N° et Rue</t>
   </si>
   <si>
     <t>Ville</t>
   </si>
   <si>
     <t>Code postal</t>
   </si>
   <si>
     <t>Pays</t>
   </si>
   <si>
     <t>Adresse de livraison</t>
   </si>
   <si>
     <t>Tel (de la personne qui va réceptionner le colis - OBLIGATOIRE)</t>
   </si>
   <si>
     <t>Référence client</t>
   </si>
   <si>
     <t>Pour chaussons sur mesure seulement</t>
@@ -173,94 +170,110 @@
     <t>Prénom</t>
   </si>
   <si>
     <t>Email</t>
   </si>
   <si>
     <t>EXEMPLE</t>
   </si>
   <si>
     <t>Chaussette</t>
   </si>
   <si>
     <t>Largeur (cm)</t>
   </si>
   <si>
     <t>Longueur</t>
   </si>
   <si>
     <t>Voil 450</t>
   </si>
   <si>
     <t>Voil 500</t>
   </si>
   <si>
     <t>Qté</t>
+  </si>
+  <si>
+    <t>BREIER La Compagnie des Palmes -  21, rue Yann Fanch Kemener 56890 Saint Avé - 33 (0)2 97 44 48 48 - NII FR 71 434 606 612</t>
+  </si>
+  <si>
+    <t>Attention ! Pousser sur la voilure peut la casser</t>
+  </si>
+  <si>
+    <t>A éviter</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <numFmts count="1">
     <numFmt numFmtId="8" formatCode="#,##0.00\ &quot;€&quot;;[Red]\-#,##0.00\ &quot;€&quot;"/>
   </numFmts>
-  <fonts count="6" x14ac:knownFonts="1">
+  <fonts count="7" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Source Sans Pro"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Source Sans Pro"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="14"/>
       <color theme="1"/>
       <name val="Source Sans Pro"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Source Sans Pro"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color theme="1"/>
       <name val="Source Sans Pro"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
+      <name val="Source Sans Pro"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="16"/>
+      <color rgb="FFFF0000"/>
       <name val="Source Sans Pro"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="5">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="2"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
@@ -389,53 +402,50 @@
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="56">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
@@ -482,107 +492,108 @@
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="10" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="8" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="5" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="11" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
-[...6 lines deleted...]
-      <alignment vertical="center"/>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="11" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="10" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="9" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="3" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="4" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="5" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="6" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="7" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="8" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="9" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="11" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="10" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="6" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
-[...34 lines deleted...]
-    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
@@ -613,52 +624,52 @@
         <a:srcRect t="24194" b="24193"/>
         <a:stretch/>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="13036550" y="0"/>
           <a:ext cx="1912061" cy="1016477"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>33</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>6</xdr:col>
       <xdr:colOff>224298</xdr:colOff>
-      <xdr:row>44</xdr:row>
-      <xdr:rowOff>38100</xdr:rowOff>
+      <xdr:row>43</xdr:row>
+      <xdr:rowOff>152400</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="5" name="Image 4"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="0" y="7210425"/>
           <a:ext cx="5196348" cy="2133600"/>
@@ -933,869 +944,877 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:V54"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A25" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="I40" sqref="I40"/>
+    <sheetView tabSelected="1" topLeftCell="A19" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="H37" sqref="H37"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="2" max="2" width="12.5703125" customWidth="1"/>
     <col min="3" max="3" width="13.5703125" customWidth="1"/>
     <col min="4" max="4" width="10" customWidth="1"/>
     <col min="6" max="6" width="15.5703125" customWidth="1"/>
     <col min="8" max="8" width="13.42578125" customWidth="1"/>
     <col min="9" max="9" width="12.7109375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:22" x14ac:dyDescent="0.25">
-      <c r="A1" s="47" t="s">
+    <row r="1" spans="1:22" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="36" t="s">
+        <v>47</v>
+      </c>
+      <c r="B1" s="36"/>
+      <c r="C1" s="36"/>
+      <c r="D1" s="36"/>
+      <c r="E1" s="36"/>
+      <c r="F1" s="36"/>
+      <c r="G1" s="36"/>
+      <c r="H1" s="36"/>
+      <c r="I1" s="36"/>
+      <c r="J1" s="36"/>
+      <c r="K1" s="36"/>
+      <c r="L1" s="36"/>
+      <c r="M1" s="36"/>
+      <c r="N1" s="36"/>
+      <c r="O1" s="36"/>
+      <c r="P1" s="36"/>
+      <c r="Q1" s="36"/>
+      <c r="R1" s="3"/>
+      <c r="S1" s="3"/>
+      <c r="T1" s="3"/>
+      <c r="U1" s="3"/>
+      <c r="V1" s="3"/>
+    </row>
+    <row r="2" spans="1:22" ht="27.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="36"/>
+      <c r="B2" s="36"/>
+      <c r="C2" s="36"/>
+      <c r="D2" s="36"/>
+      <c r="E2" s="36"/>
+      <c r="F2" s="36"/>
+      <c r="G2" s="36"/>
+      <c r="H2" s="36"/>
+      <c r="I2" s="36"/>
+      <c r="J2" s="36"/>
+      <c r="K2" s="36"/>
+      <c r="L2" s="36"/>
+      <c r="M2" s="36"/>
+      <c r="N2" s="36"/>
+      <c r="O2" s="36"/>
+      <c r="P2" s="36"/>
+      <c r="Q2" s="36"/>
+    </row>
+    <row r="3" spans="1:22" s="15" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A3" s="11" t="s">
+        <v>37</v>
+      </c>
+      <c r="B3" s="12"/>
+      <c r="C3" s="13"/>
+      <c r="D3" s="14"/>
+      <c r="E3" s="11" t="s">
+        <v>38</v>
+      </c>
+      <c r="F3" s="12"/>
+      <c r="G3" s="13"/>
+      <c r="H3" s="14"/>
+      <c r="I3" s="11" t="s">
+        <v>39</v>
+      </c>
+      <c r="J3" s="12"/>
+      <c r="K3" s="13"/>
+      <c r="L3" s="13"/>
+      <c r="M3" s="13"/>
+      <c r="N3" s="14"/>
+      <c r="O3" s="11"/>
+      <c r="P3" s="11"/>
+      <c r="Q3" s="11"/>
+      <c r="R3" s="18"/>
+      <c r="S3" s="18"/>
+    </row>
+    <row r="4" spans="1:22" s="16" customFormat="1" ht="5.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="19"/>
+      <c r="B4" s="19"/>
+      <c r="C4" s="19"/>
+      <c r="D4" s="19"/>
+      <c r="E4" s="19"/>
+      <c r="F4" s="19"/>
+      <c r="G4" s="19"/>
+      <c r="H4" s="19"/>
+      <c r="I4" s="19"/>
+      <c r="J4" s="19"/>
+      <c r="K4" s="19"/>
+      <c r="L4" s="19"/>
+      <c r="M4" s="19"/>
+      <c r="N4" s="19"/>
+      <c r="O4" s="19"/>
+      <c r="P4" s="19"/>
+      <c r="Q4" s="19"/>
+      <c r="R4" s="19"/>
+      <c r="S4" s="19"/>
+    </row>
+    <row r="5" spans="1:22" s="17" customFormat="1" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A5" s="20" t="s">
+        <v>12</v>
+      </c>
+      <c r="B5" s="21"/>
+      <c r="C5" s="21"/>
+      <c r="D5" s="21"/>
+      <c r="E5" s="21"/>
+      <c r="F5" s="21"/>
+      <c r="G5" s="21"/>
+      <c r="H5" s="21"/>
+      <c r="I5" s="21"/>
+      <c r="J5" s="20" t="s">
         <v>7</v>
       </c>
-      <c r="B1" s="47"/>
-[...89 lines deleted...]
-      <c r="A5" s="21" t="s">
+      <c r="K5" s="21"/>
+      <c r="L5" s="21"/>
+      <c r="M5" s="21"/>
+      <c r="N5" s="21"/>
+      <c r="O5" s="21"/>
+      <c r="P5" s="21"/>
+      <c r="Q5" s="21"/>
+      <c r="R5" s="21"/>
+      <c r="S5" s="21"/>
+    </row>
+    <row r="6" spans="1:22" s="16" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="22" t="s">
+        <v>8</v>
+      </c>
+      <c r="B6" s="44"/>
+      <c r="C6" s="44"/>
+      <c r="D6" s="44"/>
+      <c r="E6" s="44"/>
+      <c r="F6" s="44"/>
+      <c r="G6" s="44"/>
+      <c r="H6" s="45"/>
+      <c r="I6" s="19"/>
+      <c r="J6" s="22" t="s">
+        <v>8</v>
+      </c>
+      <c r="K6" s="44"/>
+      <c r="L6" s="44"/>
+      <c r="M6" s="44"/>
+      <c r="N6" s="44"/>
+      <c r="O6" s="44"/>
+      <c r="P6" s="44"/>
+      <c r="Q6" s="44"/>
+      <c r="R6" s="44"/>
+      <c r="S6" s="45"/>
+    </row>
+    <row r="7" spans="1:22" s="16" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="46"/>
+      <c r="B7" s="47"/>
+      <c r="C7" s="47"/>
+      <c r="D7" s="47"/>
+      <c r="E7" s="47"/>
+      <c r="F7" s="47"/>
+      <c r="G7" s="47"/>
+      <c r="H7" s="48"/>
+      <c r="I7" s="19"/>
+      <c r="J7" s="46"/>
+      <c r="K7" s="47"/>
+      <c r="L7" s="47"/>
+      <c r="M7" s="47"/>
+      <c r="N7" s="47"/>
+      <c r="O7" s="47"/>
+      <c r="P7" s="47"/>
+      <c r="Q7" s="47"/>
+      <c r="R7" s="47"/>
+      <c r="S7" s="48"/>
+    </row>
+    <row r="8" spans="1:22" s="16" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="49"/>
+      <c r="B8" s="50"/>
+      <c r="C8" s="50"/>
+      <c r="D8" s="50"/>
+      <c r="E8" s="50"/>
+      <c r="F8" s="50"/>
+      <c r="G8" s="50"/>
+      <c r="H8" s="51"/>
+      <c r="I8" s="19"/>
+      <c r="J8" s="49"/>
+      <c r="K8" s="50"/>
+      <c r="L8" s="50"/>
+      <c r="M8" s="50"/>
+      <c r="N8" s="50"/>
+      <c r="O8" s="50"/>
+      <c r="P8" s="50"/>
+      <c r="Q8" s="50"/>
+      <c r="R8" s="50"/>
+      <c r="S8" s="51"/>
+    </row>
+    <row r="9" spans="1:22" s="16" customFormat="1" ht="7.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="19"/>
+      <c r="B9" s="23"/>
+      <c r="C9" s="23"/>
+      <c r="D9" s="23"/>
+      <c r="E9" s="23"/>
+      <c r="F9" s="23"/>
+      <c r="G9" s="23"/>
+      <c r="H9" s="19"/>
+      <c r="I9" s="19"/>
+      <c r="J9" s="19"/>
+      <c r="K9" s="23"/>
+      <c r="L9" s="23"/>
+      <c r="M9" s="23"/>
+      <c r="N9" s="23"/>
+      <c r="O9" s="23"/>
+      <c r="P9" s="30"/>
+      <c r="Q9" s="30"/>
+      <c r="R9" s="23"/>
+      <c r="S9" s="19"/>
+    </row>
+    <row r="10" spans="1:22" s="16" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="22" t="s">
+        <v>9</v>
+      </c>
+      <c r="B10" s="41"/>
+      <c r="C10" s="42"/>
+      <c r="D10" s="19"/>
+      <c r="E10" s="19"/>
+      <c r="F10" s="22" t="s">
+        <v>11</v>
+      </c>
+      <c r="G10" s="43"/>
+      <c r="H10" s="42"/>
+      <c r="I10" s="19"/>
+      <c r="J10" s="22" t="s">
+        <v>9</v>
+      </c>
+      <c r="K10" s="41"/>
+      <c r="L10" s="42"/>
+      <c r="M10" s="19"/>
+      <c r="N10" s="19"/>
+      <c r="O10" s="22" t="s">
+        <v>11</v>
+      </c>
+      <c r="P10" s="52"/>
+      <c r="Q10" s="53"/>
+      <c r="R10" s="53"/>
+      <c r="S10" s="54"/>
+    </row>
+    <row r="11" spans="1:22" s="16" customFormat="1" ht="5.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="19"/>
+      <c r="B11" s="23"/>
+      <c r="C11" s="23"/>
+      <c r="D11" s="19"/>
+      <c r="E11" s="19"/>
+      <c r="F11" s="19"/>
+      <c r="G11" s="19"/>
+      <c r="H11" s="19"/>
+      <c r="I11" s="19"/>
+      <c r="J11" s="19"/>
+      <c r="K11" s="23"/>
+      <c r="L11" s="23"/>
+      <c r="M11" s="19"/>
+      <c r="N11" s="19"/>
+      <c r="O11" s="19"/>
+      <c r="P11" s="19"/>
+      <c r="Q11" s="19"/>
+      <c r="R11" s="19"/>
+      <c r="S11" s="19"/>
+    </row>
+    <row r="12" spans="1:22" s="16" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="24" t="s">
+        <v>10</v>
+      </c>
+      <c r="B12" s="43"/>
+      <c r="C12" s="42"/>
+      <c r="D12" s="19"/>
+      <c r="E12" s="19"/>
+      <c r="F12" s="19"/>
+      <c r="G12" s="19"/>
+      <c r="H12" s="19"/>
+      <c r="I12" s="19"/>
+      <c r="J12" s="24" t="s">
+        <v>10</v>
+      </c>
+      <c r="K12" s="43"/>
+      <c r="L12" s="42"/>
+      <c r="M12" s="19"/>
+      <c r="N12" s="19"/>
+      <c r="O12" s="19"/>
+      <c r="P12" s="19"/>
+      <c r="Q12" s="19"/>
+      <c r="R12" s="19"/>
+      <c r="S12" s="19"/>
+    </row>
+    <row r="13" spans="1:22" s="16" customFormat="1" ht="6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="19"/>
+      <c r="B13" s="23"/>
+      <c r="C13" s="23"/>
+      <c r="D13" s="19"/>
+      <c r="E13" s="19"/>
+      <c r="F13" s="19"/>
+      <c r="G13" s="19"/>
+      <c r="H13" s="19"/>
+      <c r="I13" s="19"/>
+      <c r="J13" s="19"/>
+      <c r="K13" s="19"/>
+      <c r="L13" s="19"/>
+      <c r="M13" s="19"/>
+      <c r="N13" s="19"/>
+      <c r="O13" s="19"/>
+      <c r="P13" s="19"/>
+      <c r="Q13" s="19"/>
+      <c r="R13" s="19"/>
+      <c r="S13" s="19"/>
+    </row>
+    <row r="14" spans="1:22" s="16" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="24" t="s">
         <v>13</v>
       </c>
-      <c r="B5" s="22"/>
-[...205 lines deleted...]
-      <c r="A14" s="25" t="s">
+      <c r="B14" s="25"/>
+      <c r="C14" s="25"/>
+      <c r="D14" s="25"/>
+      <c r="E14" s="25"/>
+      <c r="F14" s="25"/>
+      <c r="G14" s="25"/>
+      <c r="H14" s="26"/>
+      <c r="I14" s="19"/>
+      <c r="J14" s="24" t="s">
         <v>14</v>
       </c>
-      <c r="B14" s="26"/>
-[...7 lines deleted...]
-      <c r="J14" s="25" t="s">
+      <c r="K14" s="26"/>
+      <c r="L14" s="53"/>
+      <c r="M14" s="53"/>
+      <c r="N14" s="53"/>
+      <c r="O14" s="53"/>
+      <c r="P14" s="53"/>
+      <c r="Q14" s="53"/>
+      <c r="R14" s="53"/>
+      <c r="S14" s="54"/>
+    </row>
+    <row r="15" spans="1:22" ht="7.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="27"/>
+      <c r="B15" s="27"/>
+      <c r="C15" s="27"/>
+      <c r="D15" s="27"/>
+      <c r="E15" s="27"/>
+      <c r="F15" s="27"/>
+      <c r="G15" s="27"/>
+      <c r="H15" s="27"/>
+      <c r="I15" s="28"/>
+      <c r="J15" s="28"/>
+      <c r="K15" s="28"/>
+      <c r="L15" s="28"/>
+      <c r="M15" s="28"/>
+      <c r="N15" s="28"/>
+      <c r="O15" s="28"/>
+      <c r="P15" s="28"/>
+      <c r="Q15" s="28"/>
+      <c r="R15" s="28"/>
+      <c r="S15" s="28"/>
+    </row>
+    <row r="16" spans="1:22" x14ac:dyDescent="0.25">
+      <c r="A16" s="28"/>
+      <c r="B16" s="28"/>
+      <c r="C16" s="28"/>
+      <c r="D16" s="28"/>
+      <c r="E16" s="28"/>
+      <c r="F16" s="28"/>
+      <c r="G16" s="28"/>
+      <c r="H16" s="28"/>
+      <c r="I16" s="28"/>
+      <c r="J16" s="39" t="s">
         <v>15</v>
       </c>
-      <c r="K14" s="27"/>
-[...40 lines deleted...]
-      <c r="J16" s="48" t="s">
+      <c r="K16" s="39"/>
+      <c r="L16" s="39"/>
+      <c r="M16" s="39"/>
+      <c r="N16" s="39"/>
+      <c r="O16" s="39"/>
+      <c r="P16" s="39"/>
+      <c r="Q16" s="39"/>
+      <c r="R16" s="39"/>
+      <c r="S16" s="28"/>
+    </row>
+    <row r="17" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A17" s="28"/>
+      <c r="B17" s="28"/>
+      <c r="C17" s="28"/>
+      <c r="D17" s="28"/>
+      <c r="E17" s="28"/>
+      <c r="F17" s="28"/>
+      <c r="G17" s="28"/>
+      <c r="H17" s="28"/>
+      <c r="I17" s="28"/>
+      <c r="J17" s="40" t="s">
         <v>16</v>
       </c>
-      <c r="K16" s="48"/>
-[...19 lines deleted...]
-      <c r="J17" s="49" t="s">
+      <c r="K17" s="40" t="s">
         <v>17</v>
       </c>
-      <c r="K17" s="49" t="s">
-[...2 lines deleted...]
-      <c r="L17" s="48" t="s">
+      <c r="L17" s="39" t="s">
+        <v>22</v>
+      </c>
+      <c r="M17" s="39"/>
+      <c r="N17" s="37" t="s">
         <v>23</v>
       </c>
-      <c r="M17" s="48"/>
-[...9 lines deleted...]
-      <c r="S17" s="29"/>
+      <c r="O17" s="38"/>
+      <c r="P17" s="37" t="s">
+        <v>42</v>
+      </c>
+      <c r="Q17" s="38"/>
+      <c r="R17" s="6"/>
+      <c r="S17" s="28"/>
     </row>
     <row r="18" spans="1:19" s="1" customFormat="1" ht="64.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>5</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>43</v>
+      </c>
+      <c r="D18" s="9" t="s">
+        <v>26</v>
       </c>
       <c r="E18" s="2" t="s">
         <v>6</v>
       </c>
       <c r="F18" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="G18" s="2" t="s">
         <v>28</v>
       </c>
-      <c r="G18" s="2" t="s">
+      <c r="H18" s="2" t="s">
         <v>29</v>
       </c>
-      <c r="H18" s="2" t="s">
-[...10 lines deleted...]
-      <c r="M18" s="11" t="s">
+      <c r="I18" s="7" t="s">
+        <v>46</v>
+      </c>
+      <c r="J18" s="40"/>
+      <c r="K18" s="40"/>
+      <c r="L18" s="10" t="s">
         <v>21</v>
       </c>
-      <c r="N18" s="11" t="s">
-[...2 lines deleted...]
-      <c r="O18" s="11" t="s">
+      <c r="M18" s="10" t="s">
+        <v>20</v>
+      </c>
+      <c r="N18" s="10" t="s">
         <v>21</v>
       </c>
-      <c r="P18" s="30" t="s">
-[...2 lines deleted...]
-      <c r="Q18" s="30" t="s">
+      <c r="O18" s="10" t="s">
+        <v>20</v>
+      </c>
+      <c r="P18" s="29" t="s">
         <v>21</v>
       </c>
+      <c r="Q18" s="29" t="s">
+        <v>20</v>
+      </c>
       <c r="R18" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="S18" s="7"/>
+    </row>
+    <row r="19" spans="1:19" s="5" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="31" t="s">
+        <v>40</v>
+      </c>
+      <c r="B19" s="32" t="s">
+        <v>34</v>
+      </c>
+      <c r="C19" s="32">
+        <v>500</v>
+      </c>
+      <c r="D19" s="32">
+        <v>3</v>
+      </c>
+      <c r="E19" s="32" t="s">
+        <v>32</v>
+      </c>
+      <c r="F19" s="4" t="s">
+        <v>40</v>
+      </c>
+      <c r="G19" s="34" t="s">
+        <v>36</v>
+      </c>
+      <c r="H19" s="4"/>
+      <c r="I19" s="8"/>
+      <c r="J19" s="32" t="s">
+        <v>18</v>
+      </c>
+      <c r="K19" s="32" t="s">
+        <v>18</v>
+      </c>
+      <c r="L19" s="4">
+        <v>26</v>
+      </c>
+      <c r="M19" s="4">
+        <v>26</v>
+      </c>
+      <c r="N19" s="4">
         <v>25</v>
       </c>
-      <c r="S18" s="8"/>
-[...31 lines deleted...]
-      <c r="L19" s="5">
+      <c r="O19" s="4">
         <v>26</v>
       </c>
-      <c r="M19" s="5">
-[...8 lines deleted...]
-      <c r="P19" s="5">
+      <c r="P19" s="4">
         <v>9</v>
       </c>
-      <c r="Q19" s="5">
+      <c r="Q19" s="4">
         <v>9</v>
       </c>
-      <c r="R19" s="5">
+      <c r="R19" s="4">
         <v>40</v>
       </c>
-      <c r="S19" s="9"/>
-[...251 lines deleted...]
-      <c r="S31" s="9"/>
+      <c r="S19" s="8"/>
+    </row>
+    <row r="20" spans="1:19" s="5" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="4"/>
+      <c r="B20" s="4"/>
+      <c r="C20" s="4"/>
+      <c r="D20" s="4"/>
+      <c r="E20" s="4"/>
+      <c r="F20" s="4"/>
+      <c r="G20" s="4"/>
+      <c r="H20" s="4"/>
+      <c r="I20" s="8"/>
+      <c r="J20" s="4"/>
+      <c r="K20" s="4"/>
+      <c r="L20" s="4"/>
+      <c r="M20" s="4"/>
+      <c r="N20" s="4"/>
+      <c r="O20" s="4"/>
+      <c r="P20" s="4"/>
+      <c r="Q20" s="4"/>
+      <c r="R20" s="4"/>
+      <c r="S20" s="8"/>
+    </row>
+    <row r="21" spans="1:19" s="5" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="4"/>
+      <c r="B21" s="4"/>
+      <c r="C21" s="4"/>
+      <c r="D21" s="4"/>
+      <c r="E21" s="4"/>
+      <c r="F21" s="4"/>
+      <c r="G21" s="4"/>
+      <c r="H21" s="4"/>
+      <c r="I21" s="8"/>
+      <c r="J21" s="4"/>
+      <c r="K21" s="4"/>
+      <c r="L21" s="4"/>
+      <c r="M21" s="4"/>
+      <c r="N21" s="4"/>
+      <c r="O21" s="4"/>
+      <c r="P21" s="4"/>
+      <c r="Q21" s="4"/>
+      <c r="R21" s="4"/>
+      <c r="S21" s="8"/>
+    </row>
+    <row r="22" spans="1:19" s="5" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="4"/>
+      <c r="B22" s="4"/>
+      <c r="C22" s="4"/>
+      <c r="D22" s="4"/>
+      <c r="E22" s="4"/>
+      <c r="F22" s="4"/>
+      <c r="G22" s="4"/>
+      <c r="H22" s="4"/>
+      <c r="I22" s="8"/>
+      <c r="J22" s="4"/>
+      <c r="K22" s="4"/>
+      <c r="L22" s="4"/>
+      <c r="M22" s="4"/>
+      <c r="N22" s="4"/>
+      <c r="O22" s="4"/>
+      <c r="P22" s="4"/>
+      <c r="Q22" s="4"/>
+      <c r="R22" s="4"/>
+      <c r="S22" s="8"/>
+    </row>
+    <row r="23" spans="1:19" s="5" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="4"/>
+      <c r="B23" s="4"/>
+      <c r="C23" s="4"/>
+      <c r="D23" s="4"/>
+      <c r="E23" s="4"/>
+      <c r="F23" s="4"/>
+      <c r="G23" s="4"/>
+      <c r="H23" s="4"/>
+      <c r="I23" s="8"/>
+      <c r="J23" s="4"/>
+      <c r="K23" s="4"/>
+      <c r="L23" s="4"/>
+      <c r="M23" s="4"/>
+      <c r="N23" s="4"/>
+      <c r="O23" s="4"/>
+      <c r="P23" s="4"/>
+      <c r="Q23" s="4"/>
+      <c r="R23" s="4"/>
+      <c r="S23" s="8"/>
+    </row>
+    <row r="24" spans="1:19" s="5" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="4"/>
+      <c r="B24" s="4"/>
+      <c r="C24" s="4"/>
+      <c r="D24" s="4"/>
+      <c r="E24" s="4"/>
+      <c r="F24" s="4"/>
+      <c r="G24" s="4"/>
+      <c r="H24" s="4"/>
+      <c r="I24" s="8"/>
+      <c r="J24" s="4"/>
+      <c r="K24" s="4"/>
+      <c r="L24" s="4"/>
+      <c r="M24" s="4"/>
+      <c r="N24" s="4"/>
+      <c r="O24" s="4"/>
+      <c r="P24" s="4"/>
+      <c r="Q24" s="4"/>
+      <c r="R24" s="4"/>
+      <c r="S24" s="8"/>
+    </row>
+    <row r="25" spans="1:19" s="5" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="4"/>
+      <c r="B25" s="4"/>
+      <c r="C25" s="4"/>
+      <c r="D25" s="4"/>
+      <c r="E25" s="4"/>
+      <c r="F25" s="4"/>
+      <c r="G25" s="4"/>
+      <c r="H25" s="4"/>
+      <c r="I25" s="8"/>
+      <c r="J25" s="4"/>
+      <c r="K25" s="4"/>
+      <c r="L25" s="4"/>
+      <c r="M25" s="4"/>
+      <c r="N25" s="4"/>
+      <c r="O25" s="4"/>
+      <c r="P25" s="4"/>
+      <c r="Q25" s="4"/>
+      <c r="R25" s="4"/>
+      <c r="S25" s="8"/>
+    </row>
+    <row r="26" spans="1:19" s="5" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="4"/>
+      <c r="B26" s="4"/>
+      <c r="C26" s="4"/>
+      <c r="D26" s="4"/>
+      <c r="E26" s="4"/>
+      <c r="F26" s="4"/>
+      <c r="G26" s="4"/>
+      <c r="H26" s="4"/>
+      <c r="I26" s="8"/>
+      <c r="J26" s="4"/>
+      <c r="K26" s="4"/>
+      <c r="L26" s="4"/>
+      <c r="M26" s="4"/>
+      <c r="N26" s="4"/>
+      <c r="O26" s="4"/>
+      <c r="P26" s="4"/>
+      <c r="Q26" s="4"/>
+      <c r="R26" s="4"/>
+      <c r="S26" s="8"/>
+    </row>
+    <row r="27" spans="1:19" s="5" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="4"/>
+      <c r="B27" s="4"/>
+      <c r="C27" s="4"/>
+      <c r="D27" s="4"/>
+      <c r="E27" s="4"/>
+      <c r="F27" s="4"/>
+      <c r="G27" s="4"/>
+      <c r="H27" s="4"/>
+      <c r="I27" s="8"/>
+      <c r="J27" s="4"/>
+      <c r="K27" s="4"/>
+      <c r="L27" s="4"/>
+      <c r="M27" s="4"/>
+      <c r="N27" s="4"/>
+      <c r="O27" s="4"/>
+      <c r="P27" s="4"/>
+      <c r="Q27" s="4"/>
+      <c r="R27" s="4"/>
+      <c r="S27" s="8"/>
+    </row>
+    <row r="28" spans="1:19" s="5" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="4"/>
+      <c r="B28" s="4"/>
+      <c r="C28" s="4"/>
+      <c r="D28" s="4"/>
+      <c r="E28" s="4"/>
+      <c r="F28" s="4"/>
+      <c r="G28" s="4"/>
+      <c r="H28" s="4"/>
+      <c r="I28" s="8"/>
+      <c r="J28" s="4"/>
+      <c r="K28" s="4"/>
+      <c r="L28" s="4"/>
+      <c r="M28" s="4"/>
+      <c r="N28" s="4"/>
+      <c r="O28" s="4"/>
+      <c r="P28" s="4"/>
+      <c r="Q28" s="4"/>
+      <c r="R28" s="4"/>
+      <c r="S28" s="8"/>
+    </row>
+    <row r="29" spans="1:19" s="5" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="4"/>
+      <c r="B29" s="4"/>
+      <c r="C29" s="4"/>
+      <c r="D29" s="4"/>
+      <c r="E29" s="4"/>
+      <c r="F29" s="4"/>
+      <c r="G29" s="4"/>
+      <c r="H29" s="4"/>
+      <c r="I29" s="8"/>
+      <c r="J29" s="4"/>
+      <c r="K29" s="4"/>
+      <c r="L29" s="4"/>
+      <c r="M29" s="4"/>
+      <c r="N29" s="4"/>
+      <c r="O29" s="4"/>
+      <c r="P29" s="4"/>
+      <c r="Q29" s="4"/>
+      <c r="R29" s="4"/>
+      <c r="S29" s="8"/>
+    </row>
+    <row r="30" spans="1:19" s="5" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="4"/>
+      <c r="B30" s="4"/>
+      <c r="C30" s="4"/>
+      <c r="D30" s="4"/>
+      <c r="E30" s="4"/>
+      <c r="F30" s="4"/>
+      <c r="G30" s="4"/>
+      <c r="H30" s="4"/>
+      <c r="I30" s="8"/>
+      <c r="J30" s="4"/>
+      <c r="K30" s="4"/>
+      <c r="L30" s="4"/>
+      <c r="M30" s="4"/>
+      <c r="N30" s="4"/>
+      <c r="O30" s="4"/>
+      <c r="P30" s="4"/>
+      <c r="Q30" s="4"/>
+      <c r="R30" s="4"/>
+      <c r="S30" s="8"/>
+    </row>
+    <row r="31" spans="1:19" s="5" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="4"/>
+      <c r="B31" s="4"/>
+      <c r="C31" s="4"/>
+      <c r="D31" s="4"/>
+      <c r="E31" s="4"/>
+      <c r="F31" s="4"/>
+      <c r="G31" s="4"/>
+      <c r="H31" s="4"/>
+      <c r="I31" s="8"/>
+      <c r="J31" s="4"/>
+      <c r="K31" s="4"/>
+      <c r="L31" s="4"/>
+      <c r="M31" s="4"/>
+      <c r="N31" s="4"/>
+      <c r="O31" s="4"/>
+      <c r="P31" s="4"/>
+      <c r="Q31" s="4"/>
+      <c r="R31" s="4"/>
+      <c r="S31" s="8"/>
     </row>
     <row r="32" spans="1:19" ht="0.75" customHeight="1" x14ac:dyDescent="0.25"/>
-    <row r="33" s="29" customFormat="1" ht="9" customHeight="1" x14ac:dyDescent="0.25"/>
-[...20 lines deleted...]
-    <row r="54" s="29" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="33" spans="8:8" s="28" customFormat="1" ht="9" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="34" spans="8:8" s="28" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="35" spans="8:8" s="28" customFormat="1" ht="21" x14ac:dyDescent="0.35">
+      <c r="H35" s="55" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="36" spans="8:8" s="28" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="H36" s="55" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="37" spans="8:8" s="28" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="38" spans="8:8" s="28" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="39" spans="8:8" s="28" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="40" spans="8:8" s="28" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="41" spans="8:8" s="28" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="42" spans="8:8" s="28" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="43" spans="8:8" s="28" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="44" spans="8:8" s="28" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="45" spans="8:8" s="28" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="46" spans="8:8" s="28" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="47" spans="8:8" s="28" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="48" spans="8:8" s="28" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="49" s="28" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="50" s="28" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="51" s="28" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="52" s="28" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="53" s="28" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="54" s="28" customFormat="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <mergeCells count="20">
-    <mergeCell ref="A1:N2"/>
+    <mergeCell ref="P17:Q17"/>
+    <mergeCell ref="L14:S14"/>
+    <mergeCell ref="A8:H8"/>
+    <mergeCell ref="G10:H10"/>
+    <mergeCell ref="A1:Q2"/>
     <mergeCell ref="N17:O17"/>
     <mergeCell ref="L17:M17"/>
     <mergeCell ref="J16:R16"/>
     <mergeCell ref="J17:J18"/>
     <mergeCell ref="K17:K18"/>
     <mergeCell ref="B10:C10"/>
     <mergeCell ref="B12:C12"/>
     <mergeCell ref="K6:S6"/>
     <mergeCell ref="J7:S7"/>
     <mergeCell ref="B6:H6"/>
     <mergeCell ref="A7:H7"/>
     <mergeCell ref="J8:S8"/>
     <mergeCell ref="P10:S10"/>
     <mergeCell ref="K10:L10"/>
     <mergeCell ref="K12:L12"/>
-    <mergeCell ref="P17:Q17"/>
-[...2 lines deleted...]
-    <mergeCell ref="G10:H10"/>
   </mergeCells>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="65" fitToHeight="0" orientation="landscape" horizontalDpi="0" verticalDpi="0" r:id="rId1"/>
   <drawing r:id="rId2"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="6">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1">
           <x14:formula1>
             <xm:f>choix!$A$3:$A$13</xm:f>
           </x14:formula1>
           <xm:sqref>B19:B31</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1">
           <x14:formula1>
             <xm:f>choix!$B$3:$B$12</xm:f>
           </x14:formula1>
           <xm:sqref>C19:C31</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1">
           <x14:formula1>
             <xm:f>choix!$D$3:$D$9</xm:f>
           </x14:formula1>
           <xm:sqref>D19:D31</xm:sqref>
         </x14:dataValidation>
@@ -1816,116 +1835,116 @@
             <xm:f>choix!$E$2:$E$8</xm:f>
           </x14:formula1>
           <xm:sqref>G19:G31</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:F9"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="C13" sqref="C12:C13"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="15.140625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="E1" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="F1" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="B3">
         <v>450</v>
       </c>
       <c r="C3" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="D3">
         <v>0</v>
       </c>
-      <c r="E3" s="34" t="s">
-        <v>37</v>
+      <c r="E3" s="33" t="s">
+        <v>36</v>
       </c>
       <c r="F3" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="4" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="B4">
         <v>500</v>
       </c>
       <c r="C4" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="D4">
         <v>1</v>
       </c>
       <c r="E4" t="s">
         <v>0</v>
       </c>
       <c r="F4" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="5" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="B5" s="36" t="s">
-        <v>45</v>
+      <c r="B5" s="35" t="s">
+        <v>44</v>
       </c>
       <c r="C5" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="D5">
         <v>2</v>
       </c>
       <c r="E5" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="B6" s="36" t="s">
-        <v>46</v>
+      <c r="B6" s="35" t="s">
+        <v>45</v>
       </c>
       <c r="C6" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="D6">
         <v>3</v>
       </c>
       <c r="E6" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="7" spans="1:6" x14ac:dyDescent="0.25">
       <c r="D7">
         <v>4</v>
       </c>
       <c r="E7" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="8" spans="1:6" x14ac:dyDescent="0.25">
       <c r="D8">
         <v>5</v>
       </c>
       <c r="E8" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="9" spans="1:6" x14ac:dyDescent="0.25">