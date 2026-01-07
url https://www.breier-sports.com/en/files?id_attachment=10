--- v0 (2025-11-04)
+++ v1 (2026-01-07)
@@ -52,53 +52,50 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="60" uniqueCount="46">
   <si>
     <t>Beuchat</t>
   </si>
   <si>
     <t>Seac</t>
   </si>
   <si>
     <t>Pathos</t>
   </si>
   <si>
     <t>Mares</t>
   </si>
   <si>
     <t>Imersion</t>
   </si>
   <si>
     <t>SPORT</t>
   </si>
   <si>
     <t>Composite</t>
   </si>
   <si>
-    <t>BREIER SAS  23, rue Dupuy de Lôme  56000 Vannes - 33 (0)2 97 44 48 48 - NII FR 71 434 606 612</t>
-[...1 lines deleted...]
-  <si>
     <t>Hockey</t>
   </si>
   <si>
     <t>Rugby</t>
   </si>
   <si>
     <t>Email</t>
   </si>
   <si>
     <t>Last Name</t>
   </si>
   <si>
     <t>First Name</t>
   </si>
   <si>
     <t>Delivery Address</t>
   </si>
   <si>
     <t>Invoicing Address</t>
   </si>
   <si>
     <t>Nr / Road</t>
   </si>
   <si>
     <t>City</t>
@@ -167,50 +164,53 @@
     <t>C8 carbon</t>
   </si>
   <si>
     <t>MtM Classic</t>
   </si>
   <si>
     <t>Yes</t>
   </si>
   <si>
     <t>No</t>
   </si>
   <si>
     <t>example</t>
   </si>
   <si>
     <t>Width (cm)</t>
   </si>
   <si>
     <t>Name on fin (5,83 € for the pair exc vat)</t>
   </si>
   <si>
     <t>Dont do it !</t>
   </si>
   <si>
     <t>Please bear in mind that any push on the blade can break it .</t>
+  </si>
+  <si>
+    <t>BREIER The Swimfins Company -  21, rue Yann Fanch Kemener 56 890 Saint Avé - 33 (0)2 97 44 48 48 - NII FR 71 434 606 612</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="7" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Source Sans Pro"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Source Sans Pro"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="14"/>
       <color theme="1"/>
       <name val="Source Sans Pro"/>
       <family val="2"/>
     </font>
@@ -484,109 +484,109 @@
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="9" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="11" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="10" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="9" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="10" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="11" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="10" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="6" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="7" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="8" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="11" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="10" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="12" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="3" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="4" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="5" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
-    </xf>
-[...13 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
@@ -938,548 +938,548 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:V47"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A25" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="G45" sqref="G45"/>
+    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="J8" sqref="J8:S8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="2" max="2" width="12.5703125" customWidth="1"/>
     <col min="3" max="3" width="13.5703125" customWidth="1"/>
     <col min="4" max="4" width="10" customWidth="1"/>
     <col min="6" max="6" width="15.5703125" customWidth="1"/>
     <col min="8" max="8" width="13.42578125" customWidth="1"/>
     <col min="9" max="9" width="8.28515625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:22" x14ac:dyDescent="0.25">
-      <c r="A1" s="37" t="s">
-[...14 lines deleted...]
-      <c r="N1" s="37"/>
+      <c r="A1" s="44" t="s">
+        <v>45</v>
+      </c>
+      <c r="B1" s="44"/>
+      <c r="C1" s="44"/>
+      <c r="D1" s="44"/>
+      <c r="E1" s="44"/>
+      <c r="F1" s="44"/>
+      <c r="G1" s="44"/>
+      <c r="H1" s="44"/>
+      <c r="I1" s="44"/>
+      <c r="J1" s="44"/>
+      <c r="K1" s="44"/>
+      <c r="L1" s="44"/>
+      <c r="M1" s="44"/>
+      <c r="N1" s="44"/>
       <c r="O1" s="3"/>
       <c r="P1" s="3"/>
       <c r="Q1" s="3"/>
       <c r="R1" s="4"/>
       <c r="S1" s="4"/>
       <c r="T1" s="4"/>
       <c r="U1" s="4"/>
       <c r="V1" s="4"/>
     </row>
     <row r="2" spans="1:22" ht="27.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="37"/>
-[...12 lines deleted...]
-      <c r="N2" s="37"/>
+      <c r="A2" s="44"/>
+      <c r="B2" s="44"/>
+      <c r="C2" s="44"/>
+      <c r="D2" s="44"/>
+      <c r="E2" s="44"/>
+      <c r="F2" s="44"/>
+      <c r="G2" s="44"/>
+      <c r="H2" s="44"/>
+      <c r="I2" s="44"/>
+      <c r="J2" s="44"/>
+      <c r="K2" s="44"/>
+      <c r="L2" s="44"/>
+      <c r="M2" s="44"/>
+      <c r="N2" s="44"/>
       <c r="O2" s="3"/>
       <c r="P2" s="3"/>
       <c r="Q2" s="3"/>
       <c r="R2" s="19"/>
       <c r="S2" s="19"/>
     </row>
     <row r="3" spans="1:22" s="16" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="12" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="B3" s="13"/>
       <c r="C3" s="14"/>
       <c r="D3" s="15"/>
       <c r="E3" s="12" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F3" s="13"/>
       <c r="G3" s="14"/>
       <c r="H3" s="15"/>
       <c r="I3" s="12" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="J3" s="13"/>
       <c r="K3" s="14"/>
       <c r="L3" s="14"/>
       <c r="M3" s="14"/>
       <c r="N3" s="15"/>
       <c r="O3" s="12"/>
       <c r="P3" s="3"/>
       <c r="Q3" s="12"/>
       <c r="R3" s="20"/>
       <c r="S3" s="20"/>
     </row>
     <row r="4" spans="1:22" s="17" customFormat="1" ht="5.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="21"/>
       <c r="B4" s="21"/>
       <c r="C4" s="21"/>
       <c r="D4" s="21"/>
       <c r="E4" s="21"/>
       <c r="F4" s="21"/>
       <c r="G4" s="21"/>
       <c r="H4" s="21"/>
       <c r="I4" s="21"/>
       <c r="J4" s="21"/>
       <c r="K4" s="21"/>
       <c r="L4" s="21"/>
       <c r="M4" s="21"/>
       <c r="N4" s="21"/>
       <c r="O4" s="21"/>
       <c r="P4" s="3"/>
       <c r="Q4" s="21"/>
       <c r="R4" s="21"/>
       <c r="S4" s="21"/>
     </row>
     <row r="5" spans="1:22" s="18" customFormat="1" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A5" s="22" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="B5" s="23"/>
       <c r="C5" s="23"/>
       <c r="D5" s="23"/>
       <c r="E5" s="23"/>
       <c r="F5" s="23"/>
       <c r="G5" s="23"/>
       <c r="H5" s="23"/>
       <c r="I5" s="23"/>
       <c r="J5" s="24" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="K5" s="23"/>
       <c r="L5" s="23"/>
       <c r="M5" s="23"/>
       <c r="N5" s="23"/>
       <c r="O5" s="23"/>
       <c r="P5" s="3"/>
       <c r="Q5" s="23"/>
       <c r="R5" s="23"/>
       <c r="S5" s="23"/>
     </row>
     <row r="6" spans="1:22" s="17" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="25" t="s">
-        <v>15</v>
-[...7 lines deleted...]
-      <c r="H6" s="46"/>
+        <v>14</v>
+      </c>
+      <c r="B6" s="49"/>
+      <c r="C6" s="50"/>
+      <c r="D6" s="50"/>
+      <c r="E6" s="50"/>
+      <c r="F6" s="50"/>
+      <c r="G6" s="50"/>
+      <c r="H6" s="51"/>
       <c r="I6" s="21"/>
       <c r="J6" s="25" t="s">
-        <v>15</v>
-[...9 lines deleted...]
-      <c r="S6" s="46"/>
+        <v>14</v>
+      </c>
+      <c r="K6" s="49"/>
+      <c r="L6" s="50"/>
+      <c r="M6" s="50"/>
+      <c r="N6" s="50"/>
+      <c r="O6" s="50"/>
+      <c r="P6" s="50"/>
+      <c r="Q6" s="50"/>
+      <c r="R6" s="50"/>
+      <c r="S6" s="51"/>
     </row>
     <row r="7" spans="1:22" s="17" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A7" s="47"/>
-[...6 lines deleted...]
-      <c r="H7" s="49"/>
+      <c r="A7" s="52"/>
+      <c r="B7" s="53"/>
+      <c r="C7" s="53"/>
+      <c r="D7" s="53"/>
+      <c r="E7" s="53"/>
+      <c r="F7" s="53"/>
+      <c r="G7" s="53"/>
+      <c r="H7" s="54"/>
       <c r="I7" s="21"/>
-      <c r="J7" s="47"/>
-[...8 lines deleted...]
-      <c r="S7" s="49"/>
+      <c r="J7" s="52"/>
+      <c r="K7" s="53"/>
+      <c r="L7" s="53"/>
+      <c r="M7" s="53"/>
+      <c r="N7" s="53"/>
+      <c r="O7" s="53"/>
+      <c r="P7" s="53"/>
+      <c r="Q7" s="53"/>
+      <c r="R7" s="53"/>
+      <c r="S7" s="54"/>
     </row>
     <row r="8" spans="1:22" s="17" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A8" s="50"/>
-[...6 lines deleted...]
-      <c r="H8" s="52"/>
+      <c r="A8" s="39"/>
+      <c r="B8" s="40"/>
+      <c r="C8" s="40"/>
+      <c r="D8" s="40"/>
+      <c r="E8" s="40"/>
+      <c r="F8" s="40"/>
+      <c r="G8" s="40"/>
+      <c r="H8" s="41"/>
       <c r="I8" s="21"/>
-      <c r="J8" s="50"/>
-[...8 lines deleted...]
-      <c r="S8" s="52"/>
+      <c r="J8" s="39"/>
+      <c r="K8" s="40"/>
+      <c r="L8" s="40"/>
+      <c r="M8" s="40"/>
+      <c r="N8" s="40"/>
+      <c r="O8" s="40"/>
+      <c r="P8" s="40"/>
+      <c r="Q8" s="40"/>
+      <c r="R8" s="40"/>
+      <c r="S8" s="41"/>
     </row>
     <row r="9" spans="1:22" s="17" customFormat="1" ht="7.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="21"/>
       <c r="B9" s="26"/>
       <c r="C9" s="26"/>
       <c r="D9" s="26"/>
       <c r="E9" s="26"/>
       <c r="F9" s="26"/>
       <c r="G9" s="26"/>
       <c r="H9" s="21"/>
       <c r="I9" s="21"/>
       <c r="J9" s="21"/>
       <c r="K9" s="26"/>
       <c r="L9" s="26"/>
       <c r="M9" s="26"/>
       <c r="N9" s="26"/>
       <c r="O9" s="26"/>
       <c r="P9" s="32"/>
       <c r="Q9" s="32"/>
       <c r="R9" s="26"/>
       <c r="S9" s="21"/>
     </row>
     <row r="10" spans="1:22" s="17" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="25" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-      <c r="C10" s="42"/>
+        <v>15</v>
+      </c>
+      <c r="B10" s="48"/>
+      <c r="C10" s="36"/>
       <c r="D10" s="21"/>
       <c r="E10" s="21"/>
       <c r="F10" s="25" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-      <c r="H10" s="42"/>
+        <v>16</v>
+      </c>
+      <c r="G10" s="35"/>
+      <c r="H10" s="36"/>
       <c r="I10" s="21"/>
       <c r="J10" s="25" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-      <c r="L10" s="42"/>
+        <v>15</v>
+      </c>
+      <c r="K10" s="48"/>
+      <c r="L10" s="36"/>
       <c r="M10" s="21"/>
       <c r="N10" s="21"/>
       <c r="O10" s="21"/>
       <c r="P10" s="21"/>
       <c r="Q10" s="25" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-      <c r="S10" s="42"/>
+        <v>16</v>
+      </c>
+      <c r="R10" s="35"/>
+      <c r="S10" s="36"/>
     </row>
     <row r="11" spans="1:22" s="17" customFormat="1" ht="5.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="21"/>
       <c r="B11" s="26"/>
       <c r="C11" s="26"/>
       <c r="D11" s="21"/>
       <c r="E11" s="21"/>
       <c r="F11" s="21"/>
       <c r="G11" s="21"/>
       <c r="H11" s="21"/>
       <c r="I11" s="21"/>
       <c r="J11" s="21"/>
       <c r="K11" s="26"/>
       <c r="L11" s="26"/>
       <c r="M11" s="21"/>
       <c r="N11" s="21"/>
       <c r="O11" s="21"/>
       <c r="P11" s="21"/>
       <c r="Q11" s="21"/>
       <c r="R11" s="21"/>
       <c r="S11" s="21"/>
     </row>
     <row r="12" spans="1:22" s="17" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="27" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-      <c r="C12" s="42"/>
+        <v>17</v>
+      </c>
+      <c r="B12" s="35"/>
+      <c r="C12" s="36"/>
       <c r="D12" s="21"/>
       <c r="E12" s="21"/>
       <c r="F12" s="21"/>
       <c r="G12" s="21"/>
       <c r="H12" s="21"/>
       <c r="I12" s="21"/>
       <c r="J12" s="27" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-      <c r="L12" s="42"/>
+        <v>17</v>
+      </c>
+      <c r="K12" s="35"/>
+      <c r="L12" s="36"/>
       <c r="M12" s="21"/>
       <c r="N12" s="21"/>
       <c r="O12" s="21"/>
       <c r="P12" s="21"/>
       <c r="Q12" s="21"/>
       <c r="R12" s="21"/>
       <c r="S12" s="21"/>
     </row>
     <row r="13" spans="1:22" s="17" customFormat="1" ht="6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="21"/>
       <c r="B13" s="26"/>
       <c r="C13" s="26"/>
       <c r="D13" s="21"/>
       <c r="E13" s="21"/>
       <c r="F13" s="21"/>
       <c r="G13" s="21"/>
       <c r="H13" s="21"/>
       <c r="I13" s="21"/>
       <c r="J13" s="21"/>
       <c r="K13" s="21"/>
       <c r="L13" s="21"/>
       <c r="M13" s="21"/>
       <c r="N13" s="21"/>
       <c r="O13" s="21"/>
       <c r="P13" s="21"/>
       <c r="Q13" s="21"/>
       <c r="R13" s="21"/>
       <c r="S13" s="21"/>
     </row>
     <row r="14" spans="1:22" s="17" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="27" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="B14" s="28"/>
       <c r="C14" s="28"/>
       <c r="D14" s="28"/>
       <c r="E14" s="28"/>
       <c r="F14" s="28"/>
       <c r="G14" s="28"/>
       <c r="H14" s="29"/>
       <c r="I14" s="21"/>
       <c r="J14" s="27" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K14" s="29"/>
-      <c r="L14" s="53"/>
-[...6 lines deleted...]
-      <c r="S14" s="54"/>
+      <c r="L14" s="37"/>
+      <c r="M14" s="37"/>
+      <c r="N14" s="37"/>
+      <c r="O14" s="37"/>
+      <c r="P14" s="37"/>
+      <c r="Q14" s="37"/>
+      <c r="R14" s="37"/>
+      <c r="S14" s="38"/>
     </row>
     <row r="15" spans="1:22" ht="7.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="30"/>
       <c r="B15" s="30"/>
       <c r="C15" s="30"/>
       <c r="D15" s="30"/>
       <c r="E15" s="30"/>
       <c r="F15" s="30"/>
       <c r="G15" s="30"/>
       <c r="H15" s="30"/>
       <c r="I15" s="19"/>
       <c r="J15" s="19"/>
       <c r="K15" s="19"/>
       <c r="L15" s="19"/>
       <c r="M15" s="19"/>
       <c r="N15" s="19"/>
       <c r="O15" s="19"/>
       <c r="P15" s="19"/>
       <c r="Q15" s="19"/>
       <c r="R15" s="19"/>
       <c r="S15" s="19"/>
     </row>
     <row r="16" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A16" s="19"/>
       <c r="B16" s="19"/>
       <c r="C16" s="19"/>
       <c r="D16" s="19"/>
       <c r="E16" s="19"/>
       <c r="F16" s="19"/>
       <c r="G16" s="19"/>
       <c r="H16" s="19"/>
       <c r="I16" s="19"/>
-      <c r="J16" s="39" t="s">
-[...9 lines deleted...]
-      <c r="R16" s="39"/>
+      <c r="J16" s="46" t="s">
+        <v>20</v>
+      </c>
+      <c r="K16" s="46"/>
+      <c r="L16" s="46"/>
+      <c r="M16" s="46"/>
+      <c r="N16" s="46"/>
+      <c r="O16" s="46"/>
+      <c r="P16" s="46"/>
+      <c r="Q16" s="46"/>
+      <c r="R16" s="46"/>
       <c r="S16" s="19"/>
     </row>
     <row r="17" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A17" s="19"/>
       <c r="B17" s="19"/>
       <c r="C17" s="19"/>
       <c r="D17" s="19"/>
       <c r="E17" s="19"/>
       <c r="F17" s="19"/>
       <c r="G17" s="19"/>
       <c r="H17" s="19"/>
       <c r="I17" s="19"/>
-      <c r="J17" s="40" t="s">
+      <c r="J17" s="47" t="s">
+        <v>23</v>
+      </c>
+      <c r="K17" s="47" t="s">
         <v>24</v>
       </c>
-      <c r="K17" s="40" t="s">
-[...2 lines deleted...]
-      <c r="L17" s="38" t="s">
+      <c r="L17" s="45" t="s">
+        <v>21</v>
+      </c>
+      <c r="M17" s="45"/>
+      <c r="N17" s="42" t="s">
         <v>22</v>
       </c>
-      <c r="M17" s="38"/>
-[...7 lines deleted...]
-      <c r="Q17" s="36"/>
+      <c r="O17" s="43"/>
+      <c r="P17" s="42" t="s">
+        <v>41</v>
+      </c>
+      <c r="Q17" s="43"/>
       <c r="R17" s="7"/>
       <c r="S17" s="19"/>
     </row>
     <row r="18" spans="1:19" s="1" customFormat="1" ht="64.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="2" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>5</v>
       </c>
       <c r="C18" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="D18" s="10" t="s">
         <v>30</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
       <c r="E18" s="2" t="s">
         <v>6</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="G18" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="H18" s="2" t="s">
         <v>32</v>
       </c>
-      <c r="H18" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I18" s="8"/>
-      <c r="J18" s="40"/>
-      <c r="K18" s="40"/>
+      <c r="J18" s="47"/>
+      <c r="K18" s="47"/>
       <c r="L18" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="M18" s="11" t="s">
         <v>26</v>
       </c>
-      <c r="M18" s="11" t="s">
+      <c r="N18" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="O18" s="11" t="s">
+        <v>26</v>
+      </c>
+      <c r="P18" s="31" t="s">
+        <v>25</v>
+      </c>
+      <c r="Q18" s="31" t="s">
+        <v>26</v>
+      </c>
+      <c r="R18" s="2" t="s">
         <v>27</v>
-      </c>
-[...13 lines deleted...]
-        <v>28</v>
       </c>
       <c r="S18" s="8"/>
     </row>
     <row r="19" spans="1:19" s="6" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="5" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="B19" s="33" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="C19" s="33">
         <v>500</v>
       </c>
       <c r="D19" s="33">
         <v>3</v>
       </c>
       <c r="E19" s="33" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="F19" s="5" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="G19" s="33" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="H19" s="5"/>
       <c r="I19" s="9"/>
       <c r="J19" s="33" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="K19" s="33" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="L19" s="5">
         <v>26</v>
       </c>
       <c r="M19" s="5">
         <v>26</v>
       </c>
       <c r="N19" s="5">
         <v>25</v>
       </c>
       <c r="O19" s="5">
         <v>26</v>
       </c>
       <c r="P19" s="5">
         <v>10</v>
       </c>
       <c r="Q19" s="5">
         <v>10</v>
       </c>
       <c r="R19" s="5">
         <v>40</v>
       </c>
       <c r="S19" s="9"/>
     </row>
     <row r="20" spans="1:19" s="6" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
@@ -1656,92 +1656,92 @@
       <c r="C28" s="5"/>
       <c r="D28" s="5"/>
       <c r="E28" s="5"/>
       <c r="F28" s="5"/>
       <c r="G28" s="5"/>
       <c r="H28" s="5"/>
       <c r="I28" s="9"/>
       <c r="J28" s="5"/>
       <c r="K28" s="5"/>
       <c r="L28" s="5"/>
       <c r="M28" s="5"/>
       <c r="N28" s="5"/>
       <c r="O28" s="5"/>
       <c r="P28" s="5"/>
       <c r="Q28" s="5"/>
       <c r="R28" s="5"/>
       <c r="S28" s="9"/>
     </row>
     <row r="29" spans="1:19" ht="0.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="30" spans="1:19" s="19" customFormat="1" ht="9" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="31" spans="1:19" s="19" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="32" spans="1:19" s="19" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="33" spans="9:9" s="19" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="34" spans="9:9" s="19" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="I34" s="34" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
     </row>
     <row r="35" spans="9:9" s="19" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="I35" s="34" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
     </row>
     <row r="36" spans="9:9" s="19" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="37" spans="9:9" s="19" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="38" spans="9:9" s="19" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="39" spans="9:9" s="19" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="40" spans="9:9" s="19" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="41" spans="9:9" s="19" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="42" spans="9:9" s="19" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="43" spans="9:9" s="19" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="44" spans="9:9" s="19" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="45" spans="9:9" s="19" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="46" spans="9:9" s="19" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="47" spans="9:9" s="19" customFormat="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <mergeCells count="20">
-    <mergeCell ref="R10:S10"/>
-[...3 lines deleted...]
-    <mergeCell ref="P17:Q17"/>
     <mergeCell ref="A1:N2"/>
     <mergeCell ref="N17:O17"/>
     <mergeCell ref="L17:M17"/>
     <mergeCell ref="J16:R16"/>
     <mergeCell ref="J17:J18"/>
     <mergeCell ref="K17:K18"/>
     <mergeCell ref="B10:C10"/>
     <mergeCell ref="B12:C12"/>
     <mergeCell ref="K6:S6"/>
     <mergeCell ref="J7:S7"/>
     <mergeCell ref="B6:H6"/>
     <mergeCell ref="A7:H7"/>
     <mergeCell ref="J8:S8"/>
     <mergeCell ref="K10:L10"/>
     <mergeCell ref="K12:L12"/>
+    <mergeCell ref="R10:S10"/>
+    <mergeCell ref="L14:S14"/>
+    <mergeCell ref="A8:H8"/>
+    <mergeCell ref="G10:H10"/>
+    <mergeCell ref="P17:Q17"/>
   </mergeCells>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="73" fitToHeight="0" orientation="landscape" r:id="rId1"/>
   <drawing r:id="rId2"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="6">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1">
           <x14:formula1>
             <xm:f>choix!$A$2:$A$12</xm:f>
           </x14:formula1>
           <xm:sqref>B19:B28</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1">
           <x14:formula1>
             <xm:f>choix!$B$2:$B$11</xm:f>
           </x14:formula1>
           <xm:sqref>C19:C28</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1">
           <x14:formula1>
             <xm:f>choix!$D$2:$D$8</xm:f>
           </x14:formula1>
           <xm:sqref>D19:D28</xm:sqref>
         </x14:dataValidation>
@@ -1762,102 +1762,102 @@
             <xm:f>choix!$E$2:$E$7</xm:f>
           </x14:formula1>
           <xm:sqref>G19:G28</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A2:F8"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="C10" sqref="C10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="15.140625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="B2">
         <v>450</v>
       </c>
       <c r="C2" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="D2">
         <v>0</v>
       </c>
       <c r="E2" t="s">
+        <v>37</v>
+      </c>
+      <c r="F2" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="B3">
         <v>500</v>
       </c>
       <c r="C3" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="D3">
         <v>1</v>
       </c>
       <c r="E3" t="s">
         <v>0</v>
       </c>
       <c r="F3" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
     </row>
     <row r="4" spans="1:6" x14ac:dyDescent="0.25">
       <c r="C4" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="D4">
         <v>2</v>
       </c>
       <c r="E4" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:6" x14ac:dyDescent="0.25">
       <c r="C5" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D5">
         <v>3</v>
       </c>
       <c r="E5" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="6" spans="1:6" x14ac:dyDescent="0.25">
       <c r="D6">
         <v>4</v>
       </c>
       <c r="E6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:6" x14ac:dyDescent="0.25">
       <c r="D7">
         <v>5</v>
       </c>
       <c r="E7" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="8" spans="1:6" x14ac:dyDescent="0.25">